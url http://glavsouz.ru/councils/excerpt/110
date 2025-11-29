--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,7601 +510,8366 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «НеваСтрой»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Мехколоннастрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026000902619, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6002007309)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> «Управление инвестициями»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073917007328, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3916012842)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «НеваСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847032901, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813403312)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СКАДИ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СКАДИ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022201136231, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222034269)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Карат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Карат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022300632881, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302038822)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «УПРАВЛЯЮЩАЯ КОМПАНИЯ ЖКХ «ЗЕЛЕНЫЙ ДОМ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «УПРАВЛЯЮЩАЯ КОМПАНИЯ ЖКХ «ЗЕЛЕНЫЙ ДОМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1033917002360, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3917018082)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГИТЭС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГИТЭС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037700012822, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7736209043)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибинтех»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибинтех»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082221002951, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221132859)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Спецавтоматика-С»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Спецавтоматика-С»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848034924, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801483289)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Водоснабжение и водоотведение»</w:t>
+        <w:t>Закрытого акционерного общества «Водоснабжение и водоотведение»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077761625985, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7715671257)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «УниСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «УниСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095405024835, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5405402660)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Тенгри»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Тенгри»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1030400733747, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411110673)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АлтайКапСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АлтайКапСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082222003203, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222072793)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтОИК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтОИК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847354706, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841330899)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ремонтно-Строительное Управление «МАСТЕР»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ремонтно-Строительное Управление «МАСТЕР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847022912, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813459795)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МК-Альянс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МК-Альянс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847050524, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813367199)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ай Пи Центр»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ай Пи Центр»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847045261, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813465069)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Дорожное эксплуатационное предприятие №219»</w:t>
+        <w:t>Открытого акционерного общества «Дорожное эксплуатационное предприятие №219»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1050400677095, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0408011023)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительно-монтажная компания «КИТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительно-монтажная компания «КИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102224000251, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224138288)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВИКАР-Инжиниринг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВИКАР-Инжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067761783869, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7733590610)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Импульс Промышленные Котельные»</w:t>
+        <w:t>Закрытого акционерного общества «Импульс Промышленные Котельные»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025002880154, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5024051405)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная компания «Партнеринвестстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная компания «Партнеринвестстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1035008252840, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5041015206)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнжинирингСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнжинирингСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1064214012510, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4214026596)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнтерСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнтерСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047796917420, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7722532078)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромГазСервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПромГазСервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1063525102244, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3525167358)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Норма»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Норма»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1042201922355, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221065144)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Академэлектромонтаж»</w:t>
+        <w:t>Закрытого акционерного общества «Академэлектромонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843038595, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7803064678)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «БАЛТИКОН»</w:t>
+        <w:t>Закрытого акционерного общества «БАЛТИКОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843077711, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825503760)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мехколоннастрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПлюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026000902619, </w:t>
+        <w:t xml:space="preserve">ОГРН 5087746173884, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6002007309)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7725647207)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПлюс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СпецСтройСоюз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5087746173884, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847039211, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7725647207)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7838438719)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СпецСтройСоюз»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВитаСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847039211, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847036769, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7838438719)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7842424758)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВитаСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Межрегиональная Компания «Транстелесеть»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847036769, </w:t>
+        <w:t xml:space="preserve">ОГРН 1042202261848, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7842424758)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 2225062120)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Межрегиональная Компания «Транстелесеть»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Гарант»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1042202261848, </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847102081, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2225062120)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7801454496)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> «Управление инвестициями»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Рузбус»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1073917007328, </w:t>
+        <w:t xml:space="preserve">ОГРН 1025007461214, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3916012842)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5073002520)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Гарант»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройШат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847102081, </w:t>
+        <w:t xml:space="preserve">ОГРН 1035010102324, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801454496)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5049013810)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Рузбус»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Авангард»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1025007461214, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847343101, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5073002520)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7804398715)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройШат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Вега-777»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1035010102324, </w:t>
+        <w:t xml:space="preserve">ОГРН 1023901646922, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5049013810)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3907027916)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Авангард»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПРОМРЕСУРС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847343101, </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847060292, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7804398715)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810087651)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Вега-777»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЖелезоБетон»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023901646922, </w:t>
+        <w:t xml:space="preserve">ОГРН 1083925006802, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3907027916)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3917500754)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПРОМРЕСУРС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Скат-Кескус»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847060292, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847351220, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810087651)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7839390210)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЖелезоБетон»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Регион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1083925006802, </w:t>
+        <w:t xml:space="preserve">ОГРН 1063905083791, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3917500754)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3905078217)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Скат-Кескус»</w:t>
+        <w:t>Закрытого акционерного общества «Тепломонтаж-сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847351220, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037821022095, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7839390210)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810153664)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Регион»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Седьмое СМУ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1063905083791, </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847212330, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3905078217)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810560902)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Тепломонтаж-сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Невское»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037821022095, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027806077265, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810153664)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7825688172)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Седьмое СМУ»</w:t>
+        <w:t> «Теплоцентраль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847212330, </w:t>
+        <w:t xml:space="preserve">ОГРН 1025001628134, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810560902)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5013006792)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Невское»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Контур»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027806077265, </w:t>
+        <w:t xml:space="preserve">ОГРН 1026103745744, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7825688172)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6165038737)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> «Теплоцентраль»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1025001628134, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847210759, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5013006792)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7811370291)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Контур»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Птерро Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026103745744, </w:t>
+        <w:t xml:space="preserve">ОГРН 1023902052954, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6165038737)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3912008179)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВИТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Компания КРУС-З»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847210759, </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847562767, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7811370291)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7814358920)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Птерро Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Полет и Ко»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023902052954, </w:t>
+        <w:t xml:space="preserve">ОГРН 1056758426372, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3912008179)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6729032192)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.49.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Компания КРУС-З»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная Строительная Компания «Терра»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847562767, </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847541834, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814358920)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7802372052)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Полет и Ко»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Батима»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1056758426372, </w:t>
+        <w:t xml:space="preserve">ОГРН 1085406040103, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6729032192)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5406506326)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.51.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная Строительная Компания «Терра»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройРесурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847541834, </w:t>
+        <w:t xml:space="preserve">ОГРН 1065404013564, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7802372052)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5404267190)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...327 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>17 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">