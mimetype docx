--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,57 +320,119 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении членства в Партнерстве</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
@@ -638,2467 +700,2707 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПроЭнергоМаш-Проект»</w:t>
+        <w:t>Общество с ограниченной ответственностью «ТехСтройАктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1056162033366, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6162044002)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПроЭнергоМаш-Проект»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072224004379, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224112995)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Бизнес-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1102224000889, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224138898)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «КВОЛИТЕК»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057810184354, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801377883)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Алтайгидропроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022201388384, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2223037181)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бизнес-строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТИС ПРОЕКТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1102224000889, </w:t>
+        <w:t xml:space="preserve">ОГРН 1057746135501, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2224138898)</w:t>
+        <w:t>ИНН 7721523673)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Грант-СБ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1056166007920, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6166052597)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью научно-техническое предприятие «Энергоконтроль»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025801497710, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5838041477)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Гражданское и промышленное проектирование»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073905026865, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3904092924)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КВОЛИТЕК»</w:t>
+        <w:t>Закрытого акционерного общества «Водоснабжение и водоотведение»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1057810184354, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077761625985, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801377883)</w:t>
+        <w:t>ИНН 7715671257)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Сибкоммунэнерго»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1035403191570, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407248364)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Рест-Арт»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847011737, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801458437)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Профпроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097746180168, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7728696643)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алтайгидропроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПЛЕСКОМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1022201388384, </w:t>
+        <w:t xml:space="preserve">ОГРН 1023402643351, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2223037181)</w:t>
+        <w:t>ИНН 3442045691)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Городское проектно-эксплуатационное бюро»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1043400415563, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3445066202)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> «АССОЦИАЦИЯ ЦЕНТРОВ ИНЖИНИРИНГА И АВТОМАТИЗАЦИИ»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057812707919, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804324576)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Промет»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «ТИС ПРОЕКТ»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847322090, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801436095)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B07057">
-[...53 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...1718 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.1.</w:t>
+        <w:t>4.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00483D98">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">