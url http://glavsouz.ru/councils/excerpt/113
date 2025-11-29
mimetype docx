--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5E95">
@@ -472,5050 +481,5575 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Унимакс»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1062221040551, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221116215)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Унимакс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строитель»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1062221040551, </w:t>
+        <w:t xml:space="preserve">ОГРН 1082221002137, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2221116215)</w:t>
+        <w:t>ИНН 2221132087)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «КВОЛИТЕК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057810184354, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801377883)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «МонтажТехСтрой - Плюс»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1053900160555, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3908032475)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СК ТеплоСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077758945681, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7718660542)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строитель»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Модуль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1082221002137, </w:t>
+        <w:t xml:space="preserve">ОГРН 1062222003491, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2221132087)</w:t>
+        <w:t>ИНН 2222054530)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Телекомстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082223003103, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2223968247)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Производственно-строительная компания»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105402003431, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5402524797)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Производственное ремонтно-строительное управление-7»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105405006959, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405410276)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КВОЛИТЕК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПРОФИ плюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1057810184354, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847350041, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801377883)</w:t>
+        <w:t>ИНН 7814372346)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Группа компаний «С-Дон-Юг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1052309882350, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2317041730)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Диамонд»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1086658014497, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6658311648)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «УралСтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1069659054410, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6659141773)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МонтажТехСтрой - Плюс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания «МСК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1053900160555, </w:t>
+        <w:t xml:space="preserve">ОГРН 1047855124360, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3908032475)</w:t>
+        <w:t>ИНН 7842305729)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПитерСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848020811, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842397173)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ТИС ПРОЕКТ»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057746135501, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7721523673)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ТЕРМОИНЖСЕРВИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1035004902228, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5026009984)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СК ТеплоСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТОУН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077758945681, </w:t>
+        <w:t xml:space="preserve">ОГРН 1067847090365, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7718660542)</w:t>
+        <w:t>ИНН 7811335258)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ИСТА+»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1106193000649, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6161056887)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «АРСИДОН»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1086150001860, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150056684)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ДонЕвроСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1066150029659, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150052552)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Модуль»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Симплекс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1062222003491, </w:t>
+        <w:t xml:space="preserve">ОГРН 1066165051270, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2222054530)</w:t>
+        <w:t>ИНН 6165131623)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью фирма «Телевидение, связь, монтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102221672, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150005136)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Полипласт»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102221309, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150011965)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СПК Аква-Вива»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847232605, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804359963)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Телекомстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Альянс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1082223003103, </w:t>
+        <w:t xml:space="preserve">ОГРН 1076168003900, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2223968247)</w:t>
+        <w:t>ИНН 6168017823)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПитерСтройМеталл»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027804887220, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810257670)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Арбат. Инженерные сети»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073905007692, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905081675)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СпецДорСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073917002015, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3917033362)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Производственно-строительная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Элитстрой-Чемал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105402003431, </w:t>
+        <w:t xml:space="preserve">ОГРН 1080411004960, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5402524797)</w:t>
+        <w:t>ИНН 0411139866)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Невский «СОЮЗ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847083920, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838402938)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Бийское Строительное Управление»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022200553330, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2204010635)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Союзмонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105405006200, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405409552)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Производственное ремонтно-строительное управление-7»</w:t>
+        <w:t>Общества с ограниченной ответственностью научно-техническое предприятие «Энергоконтроль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105405006959, </w:t>
+        <w:t xml:space="preserve">ОГРН 1025801497710, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5405410276)</w:t>
+        <w:t>ИНН 5838041477)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью Тепличный комбинат «Новосибирский»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1075475004637, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5433168764)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...3759 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>