--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,57 +320,119 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении членства в Партнерстве</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
@@ -495,8759 +557,9659 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГЕРМЕТСТРОЙ»</w:t>
+        <w:t>Закрытое акционерное общество «Метаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037843075258, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825507355)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ГЕРМЕТСТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077763210447, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7714720952)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью СК «Югстроймонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью СК «Югстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072334000903, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2334021525)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Контур»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Контур»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077203027637, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7204110100)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бизнес-строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Бизнес-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102224000889, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224138898)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Импульс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Импульс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082224006325, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224123980)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Контур»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Контур»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847123597, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814392871)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СОЮЗСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СОЮЗСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047841007170, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841011370)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мастер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Мастер»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847228379, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7842413883)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алькор»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Алькор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847029589, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813460159)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромСтройРесурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПромСтройРесурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092221007977, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221176493)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Теплотехник»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Теплотехник»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026000966144, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027041943)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СМУ-СПб»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СМУ-СПб»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847383780, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839391615)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Система»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Система»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102225002582, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225108141)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Метаполис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Финансстройагро»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037843075258, </w:t>
+        <w:t xml:space="preserve">ОГРН 1066143046815, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7825507355)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6143062292)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Финансстройагро»</w:t>
+        <w:t>Открытого акционерного общества «Усть-Коксинское дорожное ремонтно-строительное предприятие»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1066143046815, </w:t>
+        <w:t xml:space="preserve">ОГРН 1060404009412, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6143062292)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 0406004849)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Усть-Коксинское дорожное ремонтно-строительное предприятие»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Главресурс-Строй СПб»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1060404009412, </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847297096, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 0406004849)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7814449888)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Главресурс-Строй СПб»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Петротехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847297096, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847051392, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814449888)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810505179)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Петротехнология»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ремонтно-строительная Компания «Галион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847051392, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847025740, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810505179)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7813402781)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ремонтно-строительная Компания «Галион»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КУБ-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847025740, </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847003873, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813402781)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7813365770)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КУБ-строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭКСПОСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847003873, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037800092670, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813365770)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7801239403)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭКСПОСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Всевлесстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037800092670, </w:t>
+        <w:t xml:space="preserve">ОГРН 1034700557000, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801239403)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 4703062174)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Всевлесстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АльфаКон»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1034700557000, </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847206445, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 4703062174)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810560229)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АльфаКон»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БиэМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847206445, </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847296226, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810560229)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810072133)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БиэМ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СК ПЕТЕРБУРГ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847296226, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847023778, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810072133)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7805511297)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СК ПЕТЕРБУРГ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МД-Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847023778, </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847275019, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7805511297)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7811446014)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МД-Сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнвестСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847275019, </w:t>
+        <w:t xml:space="preserve">ОГРН 1106659000480, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7811446014)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6659199678)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнвестСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИСКРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106659000480, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037800063223, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6659199678)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7801202393)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИСКРА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПромСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037800063223, </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847121903, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801202393)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810498612)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Центр»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847121903, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027807585915, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810498612)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7814076107)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Центр»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Валдай»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027807585915, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037835031596, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814076107)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7816196449)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Валдай»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИНТЕР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037835031596, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027810339700, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7816196449)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7809006217)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИНТЕР»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027810339700, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037811063135, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7809006217)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7805253374)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Фирма Гера»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037811063135, </w:t>
+        <w:t xml:space="preserve">ОГРН 1026103049796, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7805253374)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6162019221)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фирма Гера»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Дизайн-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026103049796, </w:t>
+        <w:t xml:space="preserve">ОГРН 1099847031085, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6162019221)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7806423340)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Дизайн-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭВОС-СПБ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1099847031085, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847670427, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7806423340)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7814389572)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭВОС-СПБ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ротонда»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847670427, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847012561, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814389572)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7813368900)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ротонда»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Рэйс-Коммуникейшн»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847012561, </w:t>
+        <w:t xml:space="preserve">ОГРН 1065047070065, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813368900)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5047080378)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Рэйс-Коммуникейшн»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Дон-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1065047070065, </w:t>
+        <w:t xml:space="preserve">ОГРН 1106183000351, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5047080378)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150062198)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Дон-Строй»</w:t>
+        <w:t> «Большечапурниковское коммунальное хозяйство»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106183000351, </w:t>
+        <w:t xml:space="preserve">ОГРН 1083458001076, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150062198)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3426012811)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> «Большечапурниковское коммунальное хозяйство»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1083458001076, </w:t>
+        <w:t xml:space="preserve">ОГРН 1100411000580, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3426012811)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 0411148927)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АС-СТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1100411000580, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847019895, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 0411148927)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7841419970)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АС-СТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «Тирс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847019895, </w:t>
+        <w:t xml:space="preserve">ОГРН 1106174000217, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7841419970)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6143073618)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «Тирс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибирская Строительная Компания «ЭталонПром»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106174000217, </w:t>
+        <w:t xml:space="preserve">ОГРН 1105410000640, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6143073618)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5410030343)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибирская Строительная Компания «ЭталонПром»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Колизей»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105410000640, </w:t>
+        <w:t xml:space="preserve">ОГРН 1073906028789, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5410030343)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3906180069)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Колизей»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Конструктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1073906028789, </w:t>
+        <w:t xml:space="preserve">ОГРН 1085401008990, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3906180069)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5401309187)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Конструктив»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПСП»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1085401008990, </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847426158, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5401309187)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810075536)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПСП»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГидроСтройКомплекс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847426158, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089848050390, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810075536)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7839395183)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГидроСтройКомплекс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Фаворит Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089848050390, </w:t>
+        <w:t xml:space="preserve">ОГРН 1043909003665, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7839395183)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3912010361)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.49.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фаворит Строй»</w:t>
+        <w:t> «Дортранссигнал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1043909003665, </w:t>
+        <w:t xml:space="preserve">ОГРН 1023901013432, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3912010361)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3906100391)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>муниципальное унитарное предприятие города Калининграда «Дортранссигнал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственное объединение «Аксиома»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023901013432, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847057306, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3906100391)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7813465742)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.51.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Научно-производственное объединение «Аксиома»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИНВЕКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847057306, </w:t>
+        <w:t xml:space="preserve">ОГРН 1063906148460, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813465742)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3906162292)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.52.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИНВЕКС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПромСтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1063906148460, </w:t>
+        <w:t xml:space="preserve">ОГРН 1106183000505, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3906162292)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150062367)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.53.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромСтройМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «И-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106183000505, </w:t>
+        <w:t xml:space="preserve">ОГРН 1103850005599, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150062367)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3811137058)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.54.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «И-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройСвет»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1103850005599, </w:t>
+        <w:t xml:space="preserve">ОГРН 1105402003211, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3811137058)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 5402524557)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.55.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройСвет»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнфоТех»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105402003211, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847395944, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5402524557)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7810099978)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.56.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнфоТех»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КСВ Флоор Системз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847395944, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847426293, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810099978)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7801439748)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.57.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КСВ Флоор Системз»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Промагрегат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847426293, </w:t>
+        <w:t xml:space="preserve">ОГРН 1066150005460, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801439748)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150046870)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.58.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Промагрегат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Музейные технологии»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1066150005460, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037832002966, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150046870)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7814068709)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.59.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Музейные технологии»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДСК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037832002966, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847052830, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814068709)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7838439222)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.60.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ДСК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СПЭМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847052830, </w:t>
+        <w:t xml:space="preserve">ОГРН 1047796098130, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7838439222)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7706524320)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...184 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.1.</w:t>
+        <w:t>4.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00483D98">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">