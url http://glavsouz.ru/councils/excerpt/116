--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,50 +510,794 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СК Возрождение»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105190004897, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5190917240)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Карьер»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1070408000013, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 0408017096)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГазСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1102225010150, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221180901)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строитель»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072225001155, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225083426)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройКонсалт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1069847537430, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7843305344)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Индивидуального предпринимателя Бессонова Сергея Леонидовича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
@@ -499,12841 +1305,13372 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРНИП 307660628900010, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 660601919516)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СББ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СББ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1052202325119, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225071710)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СК Возрождение»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Технадзор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105190004897, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1066164174570, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6164248604)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Технадзор»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Генподрядное Управление ПСТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1066164174570, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847588675, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841370179)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Генподрядное Управление ПСТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИВА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847588675, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1027802492607, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804159957)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИВА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная фирма «ДомИнвестСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027802492607, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1076027010036, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6027108362)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная фирма «ДомИнвестСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная Строительная Компания №7»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076027010036, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847097262, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7817312786)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная Строительная Компания №7»</w:t>
+        <w:t>Открытого акционерного общества «Южгеология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847097262, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1056164302138, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6164243518)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Южгеология»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройТон-М»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1056164302138, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1072302000550, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2302054366)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройТон-М»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РемСтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1072302000550, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1085402001783, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5402490971)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РемСтройМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГРАНИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1085402001783, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1047855179965, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802313057)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГРАНИТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Оптима»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1047855179965, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1082221003700, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221133595)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Оптима»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Индустрия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1082221003700, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1032202181857, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224083952)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Индустрия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТРАНСТОРГ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1032202181857, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1106670020820, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6670300353)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТРАНСТОРГ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106670020820, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1086027009034, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6027118233)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Карьер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КавказЭнергоМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1070408000013, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1026104371006, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6168046870)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГазСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙ-БАЛТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1102225010150, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089848034792, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811422126)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строитель»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройконтакт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1072225001155, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1026000900232, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6025012440)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Комплекс-НефтеГазСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1086027009034, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1103443000429, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3443096152)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КавказЭнергоМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Универсал-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026104371006, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1022501913158, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2538069405)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙ-БАЛТ»</w:t>
+        <w:t>Закрытого акционерного общества «УНР - 394М»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089848034792, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037804001047, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802117038)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройконтакт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройТранс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026000900232, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1027810244527, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7826062740)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Комплекс-НефтеГазСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Бурводстрой+»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1103443000429, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1095012002634, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5012054634)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Универсал-строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Гуковдорстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1022501913158, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1026102023573, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6144008410)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «УНР - 394М»</w:t>
+        <w:t>Общества с ограниченной ответственностью «УралМонтажРемонт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037804001047, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1106659000491, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6659199614)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройТранс»</w:t>
+        <w:t>Закрытого акционерного общества «ВотерПрайс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027810244527, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1027804851887, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810269500)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бурводстрой+»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнвестСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1095012002634, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847173873, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805403855)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Гуковдорстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СпецСтройСтандартРеконструкция»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026102023573, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1057812757958, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807309368)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройКонсалт»</w:t>
+        <w:t>Закрытого акционерного общества «Эталонтехсервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1069847537430, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847013420, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810089112)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «УралМонтажРемонт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Неманбуммонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1106659000491, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1033908002006, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3911010993)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ВотерПрайс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БСК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027804851887, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1099847009217, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804427074)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнвестСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СМУ-30»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847173873, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847305547, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838412559)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СпецСтройСтандартРеконструкция»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройРесурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1057812757958, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847356770, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806344909)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Эталонтехсервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЛЭК ИСТЕЙТ строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847013420, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037811040904, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805083355)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Неманбуммонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЛЭКстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1033908002006, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037811051937, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805148651)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БСК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Нева-Ресурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1099847009217, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037869000278, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842000950)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СМУ-30»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Анториус»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847305547, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1066143048652, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6143062944)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройРесурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Уралэнерготел»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847356770, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1076670013089, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6670171718)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛЭК ИСТЕЙТ строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Музейное оборудование и сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037811040904, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1067847172623, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814335859)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛЭКстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Проектно-строительная компания  «МОНОЛИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037811051937, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037811064103, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805232832)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Нева-Ресурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭнергоМакс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037869000278, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847091653, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841374920)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Анториус»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РОСТЭКС.С»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1066143048652, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1022200898873, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221051568)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Уралэнерготел»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Феникс-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076670013089, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1076150000134, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150052961)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Музейное оборудование и сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЕвроСтиль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1067847172623, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1086125000830, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6125027665)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Проектно-строительная компания  «МОНОЛИТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Энергия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037811064103, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1057812329321, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838332374)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭнергоМакс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БСК-инженеринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847091653, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1083925010355, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3917501067)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РОСТЭКС.С»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РИМКО ПЛЮС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1022200898873, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1023902147290, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3914013150)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Феникс-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Юг-Стройпроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076150000134, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1076150005832, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150050724)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.49.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЕвроСтиль»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройСпецГарант»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1086125000830, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1083925001720, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3923500015)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Энергия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Санкт-Петербургская Электромонтажная группа»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1057812329321, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847567115, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804370170)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.51.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БСК-инженеринг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Фирма «ЭФФЕКТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1083925010355, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1074712001320, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4712125293)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.52.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РИМКО ПЛЮС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВентЭк»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023902147290, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1076672035615, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6672246091)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.53.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Юг-Стройпроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076150005832, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847322990, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802485384)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.54.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройСпецГарант»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройконсалтинг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1083925001720, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847248512, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814411154)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.55.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Санкт-Петербургская Электромонтажная группа»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Арена»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847567115, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1067847425381, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816384001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.56.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фирма «ЭФФЕКТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Комитет»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1074712001320, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1086155000271, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6155048944)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.57.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВентЭк»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Железногорское управление строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076672035615, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1032401227264, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2452027971)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.58.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
+        <w:t>Закрытого акционерного общества «Форпост Балтики Плюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847322990, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1023900768946, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905031593)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.59.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройконсалтинг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Объединенная Промышленная Группа»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847248512, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1097847151324, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811437531)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.60.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Арена»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Альянс инжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1067847425381, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1092225007270, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225106994)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.61.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Комитет»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Балтдордомстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1086155000271, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1073905022938, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905086666)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.62.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Железногорское управление строительства»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительно-промышленная Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1032401227264, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1055406392744, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406333916)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.63.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Форпост Балтики Плюс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭнергоСтройАктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023900768946, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847367664, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816450737)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.64.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Объединенная Промышленная Группа»</w:t>
+        <w:t>Общества с ограниченной ответственностью СУ «СибСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1097847151324, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1075410008926, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5410016525)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.65.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Альянс инжиниринг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТСТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1092225007270, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1073906027997, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3906179539)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.66.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Балтдордомстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтКонкрит»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1073905022938, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1053900111957, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3908032299)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.67.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительно-промышленная Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью Производственная компания «САЛЮТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1055406392744, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1105405002889, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405408478)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.68.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭнергоСтройАктив»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РегионСпецСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847367664, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1089848039412, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814423840)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.69.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью СУ «СибСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Монтажстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1075410008926, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1096188001249, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6101922186)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.70.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТСТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ленстройреконструкция»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1073906027997, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1027806868980, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813149546)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.71.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтКонкрит»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КВАНТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1053900111957, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1085410003293, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5410019205)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.72.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Производственная компания «САЛЮТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙМОДУЛЬ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1105405002889, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847579259, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838390143)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.73.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РегионСпецСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089848039412, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1052202161110, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224091576)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.74.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Монтажстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ОП-Групп»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1096188001249, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847139910, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802416951)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.75.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ленстройреконструкция»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительство и Маркетинг - 2000»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027806868980, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1027200847035, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7224021602)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.76.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КВАНТ»</w:t>
+        <w:t>Индивидуального предпринимателя Попова Геннадия Владимировича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1085410003293, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРНИП 304614515400033, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 614510004764)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.77.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙМОДУЛЬ»</w:t>
+        <w:t>Закрытого акционерного общества «Авэлс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847579259, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1026602326684, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6658025196)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.78.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная компания «Вертикаль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1052202161110, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1066150003171, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150046693)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.79.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ОП-Групп»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Мобайл Е1»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847139910, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1075403004731, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5403194252)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.80.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительство и Маркетинг - 2000»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СМ Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027200847035, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 5067847115254, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813350861)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.81.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Индивидуального предпринимателя Попова Геннадия Владимировича</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДОРСТРОЙ-7»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРНИП 304614515400033, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847119203, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806430724)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.82.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Авэлс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПНК-2»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026602326684, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1045404697502, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5408230553)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.83.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная компания «Вертикаль»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АРТТЕХСТРОЙ-ТСК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1066150003171, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1104205001515, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4205193248)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.84.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мобайл Е1»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Антэн-I»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1075403004731, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037800046570, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801065235)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.85.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СМ Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПЕТРОСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 5067847115254, </w:t>
-[...713 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855051221, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7807301104)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>24 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">