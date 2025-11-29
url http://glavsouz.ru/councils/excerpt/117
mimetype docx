--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,3763 +434,4153 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Гидропроект-Алтай»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1042202161540, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224085117)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Гидропроект-Алтай»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АТЛАН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1042202161540, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027806886766, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2224085117)</w:t>
+        <w:t>ИНН 7813125425)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СтандартПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082329000159, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2329022322)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> по комплексному проектированию объектов жилищно-гражданского назначения «Институт Гомельгражданпроект»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 400011073, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 400011073)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Индивидуального предпринимателя Бунимовича Рувима Ильича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРНИП 304250303600047, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 250300065944)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АТЛАН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Институт проектирования, реконструкции и реставрации объектов городской среды «Тюменьпроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027806886766, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037200580328, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813125425)</w:t>
+        <w:t>ИНН 7202113779)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «ВотерПрайс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027804851887, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810269500)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПроектСтройКонструкция»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057810357593, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7840317831)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Росиндустрия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847032990, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810086111)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтандартПроект»</w:t>
+        <w:t>Закрытого акционерного общества «Эталонтехсервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1082329000159, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847013420, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2329022322)</w:t>
+        <w:t>ИНН 7810089112)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЛЭКстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811051937, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805148651)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СевероЗападнаяПроектнаяГруппа»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847323716, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842419155)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Арена»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067847425381, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816384001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> по комплексному проектированию объектов жилищно-гражданского назначения «Институт Гомельгражданпроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Феникс-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 400011073, </w:t>
+        <w:t xml:space="preserve">ОГРН 1076150000134, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 400011073)</w:t>
+        <w:t>ИНН 6150052961)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Арго»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027809197184, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825379978)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Центр технического проектирования»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1058900421513, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 8903024720)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ИТ-Проекты»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076150006316, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150051171)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Индивидуального предпринимателя Бунимовича Рувима Ильича</w:t>
+        <w:t>Общества с ограниченной ответственностью «Тюменьпроектстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРНИП 304250303600047, </w:t>
+        <w:t xml:space="preserve">ОГРН 1087232042160, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 250300065944)</w:t>
+        <w:t>ИНН 7203224922)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ТЮМЕНЬГАЗ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077203041112, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7224036013)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственный центр Росводоканал»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065407152821, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407026386)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Сибирское предприятие Росводоканал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025403213109, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407128236)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Институт проектирования, реконструкции и реставрации объектов городской среды «Тюменьпроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Никос»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037200580328, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027201464432, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7202113779)</w:t>
+        <w:t>ИНН 7228002061)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «РегионСпецСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848039412, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814423840)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Индивидуального предпринимателя Дутчака Ивана Васильевича</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРНИП 307784726100402, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 782020834640)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Спецсигнализация»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085407014098, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407053848)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ВотерПрайс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Гарантия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027804851887, </w:t>
+        <w:t xml:space="preserve">ОГРН 1065405135432, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7810269500)</w:t>
+        <w:t>ИНН 5405330133)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2719 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>24 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">