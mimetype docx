--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,8173 +510,9013 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ХайВэй»</w:t>
+        <w:t>Закрытое акционерное общество «Ремонт и строительство сетей «ПР и СС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037828008899, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813059532)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ХайВэй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076168000545, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6168013811)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Унистрой Оптима»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Унистрой Оптима»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848022582, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802451410)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АрсеналСпецМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АрсеналСпецМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1105473004141, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5408279118)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЮгИнтерСервисСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЮгИнтерСервисСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072302002255, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302056028)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Возрождение»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Возрождение»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847133911, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839404335)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БЭСР»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БЭСР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1042201979940, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222047966)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью ПСК «Монолит»</w:t>
+        <w:t>Общества с ограниченной ответственностью ПСК «Монолит»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095406035845, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5406551086)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГазПромСибирь»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГазПромСибирь»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082222000288, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222070080)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная компания «А2»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания «А2»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096672020906, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6672307932)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РЕГИОНСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РЕГИОНСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102223003178, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223575616)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Катуньгэсстрой»</w:t>
+        <w:t>Открытого акционерного общества «Катуньгэсстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1020400664129, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0408002981)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИС-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИС-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1065401100709, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5401276460)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СистемаСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СистемаСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072221002050, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221124142)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания  «Гефест»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания  «Гефест»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102225004584, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225109226)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алтайгазаппарат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Алтайгазаппарат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022201518019, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224073168)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Геострой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Геострой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086674029881, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6674315858)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТПК СтройМаг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТПК СтройМаг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847615735, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7840371959)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройЦентр»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройЦентр»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057424516115, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7453142704)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мегаполис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Мегаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1087232031633, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7202188630)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «С.К. «ФСП»</w:t>
+        <w:t>Общества с ограниченной ответственностью «С.К. «ФСП»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848001011, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802450046)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «М29»</w:t>
+        <w:t>Общества с ограниченной ответственностью «М29»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848058410, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805478843)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СВИКС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СВИКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037821045900, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810282726)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «ДЕФТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «ДЕФТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848046860, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802453520)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Пульсар»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Пульсар»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847134417, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805492083)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительно-Монтажная Компания «Три-С»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительно-Монтажная Компания «Три-С»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847455378, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804332672)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Новый ресурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Новый ресурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027804918096, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810260970)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтТехКом»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтТехКом»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847256245, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801473026)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная компания «Ралекс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания «Ралекс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1023901955824, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3909024156)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Реут-Климат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Реут-Климат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1053900018336, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3905063700)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Балтик Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Балтик Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047841012317, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841013434)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Галактика»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Галактика»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847247511, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801472520)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Спутник»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Спутник»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096183003696, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150061525)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Техстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Техстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057811285575, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816368271)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВиРА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВиРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847029502, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804381126)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Импульс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Импульс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026102196691, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6149001120)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СибАльянсСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СибАльянсСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1075404025157, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5404337665)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Гранд»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Гранд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1075404033540, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5404344912)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мысковское ремонтно-строительное управление»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Мысковское ремонтно-строительное управление»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1094214001122, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4214031395)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Друза»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Друза»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1073905025622, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3904092339)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ампер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ампер»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1024700873922, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4704049391)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПФ-Комплекс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПФ-Комплекс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037811001150, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805199430)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПОДРЯД»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПОДРЯД»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1055404158050, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5404258100)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная инженерно-строительная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная инженерно-строительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1104704000224, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4704082832)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «НОРТО»</w:t>
+        <w:t>Общества с ограниченной ответственностью «НОРТО»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1066150028559, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150049768)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бетопол-Инжиниринг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Бетопол-Инжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096183003894, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150061719)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СУ-6»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СУ-6»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085470000538, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5451111915)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибстрин»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибстрин»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1021400970612, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1433000926)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Гермес»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Гермес»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085404004894, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5404352529)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.49.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Спецстроймонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Спецстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843071331, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825502974)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Аверс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Аверс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085402022727, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5402506068)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.51.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ремонтно-строительная компания ВОСТОК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ремонтно-строительная компания ВОСТОК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025404790036, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5446112487)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.52.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102204000733, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2245004341)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.53.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибирское предприятие Росводоканал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибирское предприятие Росводоканал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025403213109, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5407128236)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.54.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭнергоСити»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭнергоСити»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 5067847183190, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810069035)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.55.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Ремонт и строительство сетей «ПР и СС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Технологии развития недвижимости»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037828008899, </w:t>
-[...106 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve">ОГРН 1037867015064, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841008096)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.56.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Технологии развития недвижимости»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Траверс+»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037867015064, </w:t>
-[...141 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037821107026, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810299906)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>27 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">