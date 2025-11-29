--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,3334 +434,3679 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ВБВ-Техно»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025400511432, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5401195282)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВБВ-Техно»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Вектор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1025400511432, </w:t>
+        <w:t xml:space="preserve">ОГРН 1047823003370, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5401195282)</w:t>
+        <w:t>ИНН 7814152809)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Техстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057811285575, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816368271)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «АрхиГрад»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847074317, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7840374741)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Гормашэкспорт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065404099551, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5404289348)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Вектор»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Континент-Проект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1047823003370, </w:t>
+        <w:t xml:space="preserve">ОГРН 1082304002142, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814152809)</w:t>
+        <w:t>ИНН 2304053495)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Румель-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847549120, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814382320)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СтройСтандарт»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847067243, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801461408)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Батима»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085406040103, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406506326)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Техстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Студия «Практика»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1057811285575, </w:t>
+        <w:t xml:space="preserve">ОГРН 1037828038170, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7816368271)</w:t>
+        <w:t>ИНН 7813181927)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Компания РКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027804606521, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807041343)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Термосиб ПЛЮС»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025403214924, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407230462)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Форпост Балтики Плюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023900768946, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905031593)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АрхиГрад»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ФРАНЦ-А»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1079847074317, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027739397586, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7840374741)</w:t>
+        <w:t>ИНН 7712110824)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ГлавСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848030909, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814423181)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью Научно-производственная строительная компания «СКИП»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1075405001418, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405335565)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Проектная группа Союз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072203001694, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2203021401)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Гормашэкспорт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Проектно-Строительный Отдел Славик»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1065404099551, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077404003973, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5404289348)</w:t>
+        <w:t>ИНН 7404048642)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Архитектурная мастерская Соловьевой О.И.»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027807592394, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814125851)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПФ-Комплекс»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811001150, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805199430)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «М29»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848058410, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805478843)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Континент-Проект»</w:t>
+        <w:t>Общества с ограниченной ответственностью Производственная Компания «ИнтерПром»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1082304002142, </w:t>
+        <w:t xml:space="preserve">ОГРН 1085401007603, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2304053495)</w:t>
+        <w:t>ИНН 5401307895)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Дом проектов»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067203365261, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7202155472)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2433 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>27 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">