--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,57 +320,119 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении членства в Партнерстве</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
@@ -495,1187 +557,1479 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Монтажные Технологии»</w:t>
+        <w:t> «Азовводоканал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026101790846, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6140000097)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Монтажные Технологии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847325421, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813457269)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГРАНД-СТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГРАНД-СТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082223003598, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223968744)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройТон»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройТон»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1032300679663, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302046630)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Меча»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Меча»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072222000179, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222061833)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Производственно-строительно-монтажное предприятие «Дедал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Производственно-строительно-монтажное предприятие «Дедал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1062223012169, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223053930)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Котельная компания «ВУЛКАН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Котельная компания «ВУЛКАН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847037407, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804431850)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭФЭР Сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭФЭР Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1081001020286, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1001218072)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Новая Сибирская Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Новая Сибирская Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1032202268592, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225059455)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Индивидуального предпринимателя Майорова Алексея Валерьевича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
@@ -1690,850 +2044,940 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРНИП 304602506300062, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 602501078128)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Модуль-монтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Модуль-монтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1103443001507, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3443097300)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Научно-производственное объединение «АНТАРЕС трейд»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственное объединение «АНТАРЕС трейд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037832004121, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814076820)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Легион»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Легион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086150000496, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150055930)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Югэлектромонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Югэлектромонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096174001780, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6143072678)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная компания «Полипласт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания «Полипласт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086150000639, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150056042)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Индивидуального предпринимателя Мурджикнели Генади Владимировича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
@@ -2548,6992 +2992,7540 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРНИП 308667201000016, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 667220383878)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ИГЛ»</w:t>
+        <w:t>Закрытого акционерного общества «ИГЛ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027809172907, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825483143)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МАШМЕТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МАШМЕТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057810059020, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813315151)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КГК-РЕСТАВРАЦИЯ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КГК-РЕСТАВРАЦИЯ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855050605, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7820300798)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «НьюКом Групп»</w:t>
+        <w:t>Общества с ограниченной ответственностью «НьюКом Групп»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847372185, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841395423)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «Невский Регион»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «Невский Регион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847549966, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816421528)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БАЛТМОНТАЖ - XXI ВЕК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БАЛТМОНТАЖ - XXI ВЕК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843102857, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825427526)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПласт-Юг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПласт-Юг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072646002110, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2624030930)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Южная строительная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Южная строительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095753002135, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5753050200)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Геотехнология»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Геотехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027200812649, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7203087987)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076659016301, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6659159650)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройком»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройком»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092223005819, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223971507)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтТеплоЗащита»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтТеплоЗащита»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1063906134907, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3907053666)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВИД»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВИД»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085403017644, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5403217559)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Карельские инженерные системы»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Карельские инженерные системы»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1021000508572, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1001139247)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЮгЭнергоРесурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЮгЭнергоРесурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076150002114, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150053940)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «НОВОСИБИРСКСТРОЙКОМПЛЕКС»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «НОВОСИБИРСКСТРОЙКОМПЛЕКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085407018729, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5407057112)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МОНО»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МОНО»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027402542012, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7448000180)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Проектно-Строительная Компания ВИГ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Проектно-Строительная Компания ВИГ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847205579, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7842385548)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Невада»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Невада»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843132117, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825341156)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПГС-Баланс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПГС-Баланс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076150006767, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150051566)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АРТЕМИДА-ДОН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АРТЕМИДА-ДОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026101926630, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6143043412)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТТДВ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТТДВ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072536011195, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2536191135)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бургос»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Бургос»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 5067847296127, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805406359)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ДонРемСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДонРемСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1106174000206, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6143073625)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Росстроймонтаж»</w:t>
+        <w:t>Закрытого акционерного общества «Росстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1033400011556, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3435060970)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «УниверсалСвязьСервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «УниверсалСвязьСервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085011000612, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5011029226)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Колизей»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Колизей»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847053170, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841421458)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительно-производственное объединение СФЕРА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительно-производственное объединение СФЕРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847026143, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839418024)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Феникс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Феникс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1105405001448, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5405407570)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СибТехСервис-Новосибирск»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СибТехСервис-Новосибирск»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1065406157838, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5406363974)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РЕАЛСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РЕАЛСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1103460000709, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3446037236)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Арт-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Арт-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1103459001326, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3442108616)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Наружные трубопроводы»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Наружные трубопроводы»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026602949977, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6659080224)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.49.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТСК «Протэк»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТСК «Протэк»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1073443003941, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3443078234)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПерспектива»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПерспектива»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1103454000473, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3428990990)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.51.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Научно-производственное предприятие «ТЕЛЕКС Линия Трудовых Династий»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственное предприятие «ТЕЛЕКС Линия Трудовых Династий»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1036604392461, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6662007834)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.52.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РЭМ-сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РЭМ-сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1065948003110, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5948029120)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.53.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Межотраслевое Управление «Запад»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Межотраслевое Управление «Запад»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096183003806, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150061620)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.54.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Армавир»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Армавир»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027804180942, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806125470)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.55.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СК «Порядок»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СК «Порядок»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847398079, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816452117)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.56.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ДОНСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДОНСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1046165008867, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6165114882)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.57.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «МДК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МДК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847176406, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810093493)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.58.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙТРАНС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙТРАНС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1069847504198, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810081561)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.59.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> «Азовводоканал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СибПромСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026101790846, </w:t>
+        <w:t xml:space="preserve">ОГРН 1102225010986, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6140000097)</w:t>
-[...92 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t>ИНН 2221181366)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.60.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СибПромСтрой»</w:t>
+        <w:t> «ГОРВОДОКАНАЛ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1102225010986, </w:t>
+        <w:t xml:space="preserve">ОГРН 1025403201383, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2221181366)</w:t>
-[...92 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t>ИНН 5411100875)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.61.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> «ГОРВОДОКАНАЛ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭЛВИС ИНЖИНИРИНГ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1025403201383, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027809237675, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5411100875)</w:t>
-[...92 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t>ИНН 7825088802)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.62.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭЛВИС ИНЖИНИРИНГ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «МДК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027809237675, </w:t>
+        <w:t xml:space="preserve">ОГРН 1095407012800, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7825088802)</w:t>
-[...141 lines deleted...]
-        </w:rPr>
         <w:t>ИНН 5407068690)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.1.</w:t>
+        <w:t>4.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00483D98">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">