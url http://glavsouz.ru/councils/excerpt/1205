--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,2453 +510,2468 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Балтсервис»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Центр качества строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1046000322114, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6027085468)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Тепловые сети г. Железнодорожный»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1055012217204, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5012030591)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ТехСтройСвязь»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085401004480, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5401305129)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Муниципальное унитарное предприятие города Донецка Ростовской области «Исток»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102061941, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6145005966)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Арго»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027809197184, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825379978)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Форпост Балтики Плюс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023900768946, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905031593)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Муниципальное бюджетное учреждение «Центр капитального строительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1053905500703, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3911002657)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Сервисный центр «МоАЗ-Восток»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027739480218, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7713295215)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Центр технического проектирования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1058900421513, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 8903024720)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Бастионъ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027200802738, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7203111252)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Геотехнология»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027200812649, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7203087987)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Калининградская Гавань»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023900586742, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3904041140)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Невада»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037843132117, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825341156)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Рест-Арт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847011737, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801458437)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ЭнергоПроект»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847550362, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814382390)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Проект 21 Век»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1087746599148, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7734584560)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Балтсервис»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037800047262, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801201569)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2290 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>18 февраля 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">