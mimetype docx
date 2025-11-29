--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -591,2882 +653,3167 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛенТехСтрой»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Созидание К»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025002691889, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5021003001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЛенТехСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847353672, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841394780)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственное объединение «АНТАРЕС трейд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037832004121, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814076820)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества Объединение «Комплексная автоматизация»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047855153378, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838310691)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «НьюКом Групп»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847372185, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841395423)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Научно-производственное объединение «АНТАРЕС трейд»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Подъем Мост-Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1037832004121, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027201234367, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7814076820)</w:t>
+        <w:t>ИНН 7217001066)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СтройПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811063135, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805253374)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Авэлс»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026602326684, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6658025196)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847409078, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807324310)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество Объединение «Комплексная автоматизация»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Центр качества строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1047855153378, </w:t>
+        <w:t xml:space="preserve">ОГРН 1046000322114, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7838310691)</w:t>
+        <w:t>ИНН 6027085468)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Геотехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027200812649, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7203087987)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Невада»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037843132117, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825341156)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Гипропроект-Инжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1087232017795, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7203215974)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «НьюКом Групп»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Арх-проект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847372185, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027802765275, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7841395423)</w:t>
+        <w:t>ИНН 7805132997)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «САНДИ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023403462279, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3444003055)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Жилсервис»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065472012077, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5443001394)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Росстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1033400011556, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3435060970)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Подъем Мост-Сервис»</w:t>
+        <w:t> «Ишимстройпроектзаказ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027201234367, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027201231584, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7217001066)</w:t>
+        <w:t>ИНН 7205005122)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «БетонСпецСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076670038345, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6670196543)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СВИКС»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037821045900, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810282726)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2147 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>29 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">