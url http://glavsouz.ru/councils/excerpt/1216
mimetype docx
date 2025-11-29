--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,3311 +510,3446 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительный вернисаж»</w:t>
+        <w:t>Закрытое акционерное общество «ДИАПАЗОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027807560967, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814027004)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «НОВОСТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057200174558, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7206030523)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Спецавтоматика-С»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848034924, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801483289)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Бийское Строительное Управление»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022200553330, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2204010635)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительно-монтажная компания «КИТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1102224000251, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224138288)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Альянс инжиниринг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1092225007270, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225106994)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «АРТЕМИДА-ДОН»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026101926630, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6143043412)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Компания 60-я параллель»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037819013704, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807053229)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Петербургская Буровая Компания»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847260785, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814447270)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Молния»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026101887206, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6142000092)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Волна FM +»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047200643050, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7204086390)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройЦентр»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057424516115, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7453142704)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ВиРА»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847029502, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804381126)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Элитстрой-Кош-Агач»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1080401002791, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 0401006680)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительный вернисаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086027006724, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027116099)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройМастер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройМастер»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847171091, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816466790)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «Невский Регион»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «Невский Регион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847549966, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816421528)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПласт-Юг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПласт-Юг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072646002110, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2624030930)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЕВРОСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЕВРОСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847021097, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7838435789)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АС-РемСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АС-РемСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096165004814, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6165158255)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГазПромСибирь»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГазПромСибирь»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082222000288, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222070080)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Санкт-Петербургская Электромонтажная группа»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Санкт-Петербургская Электромонтажная группа»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847567115, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804370170)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Балтик Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Балтик Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047841012317, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841013434)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...2043 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>04 марта 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">