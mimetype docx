--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,4455 +510,4650 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭНЕРГОКОМ»</w:t>
+        <w:t>Общество с ограниченной ответственностью «КСВ Флоор Системз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847426293, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801439748)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Открытое акционерное общество «Управляющая компания Сибирьэнерго»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085406020677, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406442619)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Траверс+»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037821107026, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810299906)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Водоснабжение и водоотведение»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077761625985, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7715671257)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Модуль-монтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1103443001507, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3443097300)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Сибирское предприятие Росводоканал»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025403213109, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407128236)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ВерсаСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067847172271, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802345073)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Водоканал»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1046121000155, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6121007322)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «МДК»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847176406, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810093493)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Геостэл»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1107847033909, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7840426622)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Технологии развития недвижимости»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037867015064, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841008096)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Современное строительство и отделка»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847304972, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811447811)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Номэд»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1080411002968, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 0411138140)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Промагрегат»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1066150005460, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150046870)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ЮгСтройМонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073435008130, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3435090090)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ЛенИнжСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1107847165470, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801520484)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БалтСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847058388, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813405077)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РосТеплоСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847032241, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814396851)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЭНЕРГОКОМ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027802520965, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804097323)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «Монолитстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «Монолитстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847216359, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806388744)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Профмонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Профмонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076027004712, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027105516)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076659016301, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6659159650)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БЭСР»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БЭСР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1042201979940, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222047966)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Галактика»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Галактика»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847247511, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801472520)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847322990, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802485384)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096183003993, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150061821)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВиРА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВиРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847029502, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804381126)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Усть-Коксинское дорожное ремонтно-строительное предприятие»</w:t>
+        <w:t>Открытого акционерного общества «Усть-Коксинское дорожное ремонтно-строительное предприятие»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1060404009412, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0406004849)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная инженерно-строительная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная инженерно-строительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1104704000224, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4704082832)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГидроСтройКомплекс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГидроСтройКомплекс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848050390, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839395183)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Межотраслевое Управление «Запад»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Межотраслевое Управление «Запад»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096183003806, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150061620)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...2615 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>18 июня 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">