--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,4455 +510,4485 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромСтрой»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Фирма Гера»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026103049796, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6162019221)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Эко Пост»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027800511067, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801127146)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Ситистрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097232035922, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7202202852)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Каскад-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847021251, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7839351725)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «АлтайСтройКомплект»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1040400741810, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 0411117083)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Северо-Западная Теплоэнергетическая Компания»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1063906075639, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3906151646)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строй-Гарант СПб»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847024046, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807331557)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ПромСтройРесурс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1092221007977, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221176493)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Север-строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077536007680, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7536082209)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГОРЫ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847138894, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807343312)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Ремонтно-Строительное Управление «МАСТЕР»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1099847022912, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813459795)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Гелий»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026103048322, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6162000326)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ВДС Плюс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1083925010927, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3912500239)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «НикАС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047855157008, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804308060)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Карельские инженерные системы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1021000508572, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 1001139247)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Дизайн-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1099847031085, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806423340)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РИМКО ПЛЮС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023902147290, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3914013150)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Государственное унитарное предприятие города Байконур «Ремонт и строительство № 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1039923001150, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 9901006068)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройТон-М»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072302000550, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2302054366)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БалтТехКом»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847256245, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801473026)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СервисСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847328702, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811414870)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Кросс-Энерго»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848014750, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811421098)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Сибинтех»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082221002951, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221132859)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ОП-Групп»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847139910, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802416951)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Светлоярский»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1053458066848, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3426010902)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Группа компаний «С-Дон-Юг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1052309882350, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2317041730)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГазПромСибирь»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082222000288, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2222070080)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БСК-инженеринг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1083925010355, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3917501067)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ДиЮрССтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077746369414, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7734559645)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПромСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847121903, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810498612)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Торгово-промышленная фирма «Агрострой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Торгово-промышленная фирма «Агрострой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022300630461, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302034673)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4188 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>04 февраля 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">