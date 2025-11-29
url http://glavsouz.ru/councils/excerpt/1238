--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,3168 +510,3228 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПласт-Юг»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Гранд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1075404033540, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5404344912)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Меркурьев и К»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065917002469, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5917593209)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИСТА+»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1106193000649, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6161056887)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Веспи»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102233926, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150031633)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью СК «Анкор»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1102628000012, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2628054435)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Дренаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023900554248, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3920004690)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Архитектурно-строительный трест»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847325399, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806420927)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройЭнерго»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1046002001385, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6037000784)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Межрегиональная Компания «Транстелесеть»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1042202261848, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225062120)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Диагональ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072222012543, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2222069198)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Бургос»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 5067847296127, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805406359)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> «Большечапурниковское коммунальное хозяйство»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1083458001076, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3426012811)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Универсал-строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022501913158, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2538069405)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГлавСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848030909, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814423181)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ДонРемСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1106174000206, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6143073625)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Монтажные Технологии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847325421, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813457269)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1086027009034, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6027118233)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Стройинвесттехнологии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1086163003299, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6163092778)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СтройПласт-Юг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072646002110, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2624030930)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЕВРОСТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЕВРОСТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847021097, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7838435789)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Спецавтоматика-С»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Спецавтоматика-С»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848034924, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801483289)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АРТЕМИДА-ДОН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АРТЕМИДА-ДОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026101926630, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6143043412)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...2615 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>17 марта 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">