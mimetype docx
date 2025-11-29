--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -734,3025 +796,3040 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фасадстрой»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Алтайская Строительная Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072222001433, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2222063083)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СистемаСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072221002050, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221124142)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «КВВ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022201525521, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224069108)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Галсбург»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847079926, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802424663)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Седьмое СМУ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847212330, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810560902)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СОЮЗСТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047841007170, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841011370)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Контур»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847123597, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814392871)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Валдай»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037835031596, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816196449)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройРесурс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 5067847356770, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806344909)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «КВОЛИТЕК»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057810184354, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801377883)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ЛЭК ИСТЕЙТ строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811040904, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805083355)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИНТЕР»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027810339700, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7809006217)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ЛЭКстрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811051937, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805148651)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Нева-Ресурс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037869000278, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842000950)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «С.К. «ФСП»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848001011, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802450046)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ТИС ПРОЕКТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057746135501, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7721523673)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Энергосервис»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1092224006676, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224137284)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Энергетик»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027809252173, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825060282)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГРАНИТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047855179965, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802313057)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СМУ-30»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847305547, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838412559)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Фасадстрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037811019091, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805234702)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...2901 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>23 декабря 2009 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">