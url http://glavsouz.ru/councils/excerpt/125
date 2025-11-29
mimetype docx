--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,3906 +434,4311 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Группа «Спектр»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076027000720, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6027101800)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Группа «Спектр»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Содис Строй Рекон»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076027000720, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027804857090, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6027101800)</w:t>
+        <w:t>ИНН 7801181263)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Азимут Архитектура»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847062468, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804357300)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «АРДА»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847071412, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801461736)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Пром-АЛЬЯНС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1064715018125, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4715017916)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Содис Строй Рекон»</w:t>
+        <w:t>Закрытого акционерного общества «РАМЭК-ВС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027804857090, </w:t>
+        <w:t xml:space="preserve">ОГРН 1027802486502, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801181263)</w:t>
+        <w:t>ИНН 7804060845)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительное управление-121»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1084716001017, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4716030420)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Стройхитпроект»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847151580, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805459174)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Архитектурное бюро Ивана Полякова»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847460790, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838384943)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Азимут Архитектура»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭнергоПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1077847062468, </w:t>
+        <w:t xml:space="preserve">ОГРН 1077847550362, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7804357300)</w:t>
+        <w:t>ИНН 7814382390)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительство и Архитектура»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085406033877, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406501504)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «РАМЭК-ЭКО»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067847162173, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802345027)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Торгово-промышленная компания «Северная корона»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027808749540, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7817024989)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АРДА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПОЖЗАЩИТА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1089847071412, </w:t>
+        <w:t xml:space="preserve">ОГРН 1079847110749, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7801461736)</w:t>
+        <w:t>ИНН 7838396441)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Инжиниринг-СМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077203051155, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7203202703)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЭЛЬСТАР»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1021100900402, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 1106011565)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Комплекс - Водстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023402969336, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3442033270)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Пром-АЛЬЯНС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительный вернисаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1064715018125, </w:t>
+        <w:t xml:space="preserve">ОГРН 1086027006724, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 4715017916)</w:t>
+        <w:t>ИНН 6027116099)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Эдель»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027809256837, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825091001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «НТК «АЭРОТЕХНИЧЕСКИЙ ЦЕНТР»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037821053115, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810149604)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Ваагнер-Биро Санкт-Петербург Стейдж Системз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847107559, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838396280)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «РАМЭК-ВС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Енисей»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1027802486502, </w:t>
+        <w:t xml:space="preserve">ОГРН 1025202195941, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7804060845)</w:t>
+        <w:t>ИНН 5254022399)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЛЕКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057810421745, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804317120)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Ава-Петер-Строй»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...6 lines deleted...]
-        <w:t/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027809188406, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825360173)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Балтийская коммуникационная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067847510246, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813342250)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительное управление-121»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Землеустройство»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1084716001017, </w:t>
+        <w:t xml:space="preserve">ОГРН 1084703005342, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 4716030420)</w:t>
+        <w:t>ИНН 4703107019)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Мегаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097604015882, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7604164565)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2862 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>31 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">