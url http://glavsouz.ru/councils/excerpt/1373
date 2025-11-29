--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,67 +515,135 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C822" w14:textId="77777777" w:rsidR="006D5FCC" w:rsidRDefault="00436E78" w:rsidP="00FD0FCB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -895,284 +963,320 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества Объединение «Комплексная автоматизация»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1047855153378,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7838310691)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с неустранением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество Объединение «Комплексная автоматизация»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:t>Обществом с ограниченной ответственностью «КАПС-СТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...156 lines deleted...]
-        <w:t>3.1.</w:t>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1115476137699,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="0017086E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН</w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5410044441)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
@@ -1184,51 +1288,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «КАПС-СТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1280,51 +1384,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.2.</w:t>
+        <w:t>4.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Инжиниринговая компания «Содружество»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1380,51 +1484,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Инжиниринговая компания «Содружество»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1476,51 +1580,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
+        <w:t>4.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью Строительная компания «Бастион»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1576,51 +1680,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью Строительная компания «Бастион»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1672,51 +1776,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.4.</w:t>
+        <w:t>4.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ТехСтройАктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1772,51 +1876,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ТехСтройАктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1868,51 +1972,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.5.</w:t>
+        <w:t>4.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ВСВ-Климат»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1968,51 +2072,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ВСВ-Климат»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2064,51 +2168,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.6.</w:t>
+        <w:t>4.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Карат»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2164,51 +2268,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Карат»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2260,51 +2364,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.7.</w:t>
+        <w:t>4.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Респект»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2360,51 +2464,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Респект»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2456,51 +2560,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.8.</w:t>
+        <w:t>4.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Ремстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2556,51 +2660,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Ремстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>