--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,115 +515,183 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C822" w14:textId="77777777" w:rsidR="006D5FCC" w:rsidRDefault="00436E78" w:rsidP="00FD0FCB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="006D5FCC" w:rsidRPr="00FD0FCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.</w:t>
+        <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="006D5FCC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="006D5FCC" w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">О </w:t>
       </w:r>
       <w:r w:rsidR="006D5FCC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>возобновлении</w:t>
       </w:r>
       <w:r w:rsidR="006D5FCC" w:rsidRPr="00B067AC">
         <w:rPr>
@@ -942,340 +1010,376 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью СК «Монолит»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1125476000561,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406696540)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с неустранением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью СК «Монолит»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:t>Обществом с ограниченной ответственностью «ВИТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...156 lines deleted...]
-        <w:t>3.1.</w:t>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1077847210759,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(ОГРН 1077847210759,</w:t>
-[...7 lines deleted...]
-        <w:t> </w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t/>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 7811370291)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-098-7811370291-21012010-161/3, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ВИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1327,51 +1431,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.2.</w:t>
+        <w:t>4.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Геотехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1427,51 +1531,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Геотехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1523,51 +1627,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
+        <w:t>4.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Северная Строительная Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1623,51 +1727,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Северная Строительная Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1719,51 +1823,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.4.</w:t>
+        <w:t>4.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «БСК-инженеринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1819,51 +1923,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «БСК-инженеринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1915,51 +2019,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.5.</w:t>
+        <w:t>4.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Строй-Гарант СПб»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2015,51 +2119,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Строй-Гарант СПб»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2111,51 +2215,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.6.</w:t>
+        <w:t>4.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Феникс-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2211,51 +2315,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Феникс-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2307,51 +2411,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.7.</w:t>
+        <w:t>4.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «СЭМ-Волгоград»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2407,51 +2511,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СЭМ-Волгоград»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2503,51 +2607,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.8.</w:t>
+        <w:t>4.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «СибЭнергоСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2603,51 +2707,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СибЭнергоСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2715,51 +2819,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00015394" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.1.</w:t>
+        <w:t>5.1.</w:t>
       </w:r>
       <w:r w:rsidR="00015394">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="0011671E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с </w:t>
       </w:r>
       <w:r w:rsidR="00015394" w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">устранением </w:t>
       </w:r>
       <w:r w:rsidR="00015394" w:rsidRPr="009A783C">
         <w:rPr>