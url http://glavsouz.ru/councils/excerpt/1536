--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -555,130 +555,198 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
-[...14 lines deleted...]
-    <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О добровольном прекращении членства в Партнерстве, в том числе с последующим переходом в другую саморегулируемую организацию по месту регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B03BE" w:rsidRPr="006B03BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00CC22C2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="006D5FCC" w:rsidRPr="00FD0FCB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5.</w:t>
+        <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О перечислении ранее внесенного взноса в компенсационный фонд Партнерства в порядке п. 13 ст. 3.3 Федерального закона «О введении в действие Градостроительного кодекса РФ» от 29.12.2004 г. № 191-ФЗ (далее – Закон).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA8CAD9" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00A52491" w:rsidP="00A52491">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -1105,100 +1173,100 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КАРУС-Строй»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Железнодорожные строительные технологии»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ОГРН 1097746652706,</w:t>
+        <w:t>ОГРН 1166196109034,</w:t>
       </w:r>
       <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7718780840)</w:t>
+        <w:t>ИНН 6163150941)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>и выдать С</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1239,232 +1307,268 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.2.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «КАРУС-Строй»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Железнодорожные строительные технологии»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1097746652706,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7718780840)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...7 lines deleted...]
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.1.</w:t>
+        <w:t>5.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -1605,51 +1709,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.2.</w:t>
+        <w:t>5.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -1790,51 +1894,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.3.</w:t>
+        <w:t>5.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -1975,51 +2079,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.4.</w:t>
+        <w:t>5.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -2167,51 +2271,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.5.</w:t>
+        <w:t>5.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -2359,51 +2463,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.6.</w:t>
+        <w:t>5.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -2551,51 +2655,51 @@
     <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.7.</w:t>
+        <w:t>5.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
@@ -2775,51 +2879,51 @@
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00015394" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5.1.</w:t>
+        <w:t>6.1.</w:t>
       </w:r>
       <w:r w:rsidR="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с поступлением в Партнерство от </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Общества с ограниченной ответственностью «Сапфир»</w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
@@ -3024,51 +3128,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59408608" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00A52491" w:rsidP="00A52491">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5.2.</w:t>
+        <w:t>6.2.</w:t>
       </w:r>
       <w:r w:rsidR="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с поступлением в Партнерство от </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Общества с ограниченной ответственностью «Герус-ЭМ»</w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
@@ -3273,51 +3377,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59408608" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00A52491" w:rsidP="00A52491">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5.3.</w:t>
+        <w:t>6.3.</w:t>
       </w:r>
       <w:r w:rsidR="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с поступлением в Партнерство от </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Общества с ограниченной ответственностью «ТИС ПРОЕКТ»</w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
@@ -3522,51 +3626,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59408608" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00A52491" w:rsidP="00A52491">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5.4.</w:t>
+        <w:t>6.4.</w:t>
       </w:r>
       <w:r w:rsidR="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с поступлением в Партнерство от </w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Общества с ограниченной ответственностью «СистемаСтрой»</w:t>
       </w:r>
       <w:r w:rsidR="00A52491" w:rsidRPr="00A52491">