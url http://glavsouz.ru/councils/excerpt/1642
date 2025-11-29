--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -483,136 +483,129 @@
         <w:t>1. Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421CB867" w14:textId="67D819D8" w:rsidR="000119A9" w:rsidRPr="00F00BC7" w:rsidRDefault="000119A9" w:rsidP="000119A9">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00811F0D" w:rsidRPr="000119A9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000119A9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00DA6D00">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">О принятии новых членов в </w:t>
-[...6 lines deleted...]
-        <w:t>Ассоциацию</w:t>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
-[...13 lines deleted...]
-      <w:r w:rsidR="00811F0D" w:rsidRPr="00811F0D">
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D01E25B" w14:textId="77777777" w:rsidR="00811F0D" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00811F0D">
+    <w:p w14:paraId="1765EB71" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000119A9">
-[...15 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="000119A9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="00CC22C2">
         <w:rPr>
@@ -770,395 +763,453 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="466165CE" w14:textId="1A761CAA" w:rsidR="000119A9" w:rsidRPr="00733B20" w:rsidRDefault="000119A9" w:rsidP="000119A9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена </w:t>
+      </w:r>
+      <w:r w:rsidR="00B111E1" w:rsidRPr="00B111E1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ассоциации</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Сервисный центр «МоАЗ-Восток»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены </w:t>
-[...6 lines deleted...]
-        <w:t>Ассоциации</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1027739480218,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7713295215)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...75 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163363D6" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="3D37091E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C89C249" w14:textId="77777777" w:rsidR="00811F0D" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="00811F0D">
+    <w:p w14:paraId="0365A54F" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена </w:t>
+      </w:r>
+      <w:r w:rsidR="00B111E1" w:rsidRPr="00B111E1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ассоциации</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «Ремонт и строительство сетей «ПР и СС»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены </w:t>
-[...6 lines deleted...]
-        <w:t>Ассоциации</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1037828008899,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813059532)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...75 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163363D6" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="3D37091E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C89C249" w14:textId="77777777" w:rsidR="00811F0D" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="00811F0D">
+    <w:p w14:paraId="0365A54F" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="006620D8">
         <w:rPr>