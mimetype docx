--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -816,866 +816,119 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="007C62B4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ассоциации</w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Навигатор-СБС»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Литана»</w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ОГРН 1037843028520, </w:t>
+        <w:t xml:space="preserve"> (ОГРН 1053915501936, </w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН</w:t>
       </w:r>
       <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7825466405)</w:t>
+        <w:t xml:space="preserve"> 3917022667)</w:t>
       </w:r>
       <w:r w:rsidR="00B9210B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBF272B" w14:textId="77777777" w:rsidR="007F501A" w:rsidRDefault="008457DC" w:rsidP="0064112E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008457DC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4E6DFF" w14:textId="77777777" w:rsidR="00FB01FA" w:rsidRDefault="00B9210B" w:rsidP="0064112E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33324">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
-      </w:r>
-[...745 lines deleted...]
-        <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33324">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00823293">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Установить</w:t>
       </w:r>
       <w:r w:rsidRPr="00496A50">