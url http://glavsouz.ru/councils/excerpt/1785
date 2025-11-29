--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1535,592 +1535,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>компенсационный</w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>фонд</w:t>
       </w:r>
       <w:r w:rsidR="003A779E" w:rsidRPr="003A779E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> возмещения вреда</w:t>
-      </w:r>
-[...540 lines deleted...]
-        <w:t>обеспечения договорных обязательств</w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>согласно</w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
         <w:rPr>
           <w:sz w:val="22"/>