--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -739,480 +739,50 @@
     <w:p w14:paraId="1C3E5A1A" w14:textId="00394661" w:rsidR="000119A9" w:rsidRPr="00733B20" w:rsidRDefault="000119A9" w:rsidP="000119A9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t/>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00811F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
-      </w:r>
-[...428 lines deleted...]
-        <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidR="0064112E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Установить</w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
         <w:rPr>