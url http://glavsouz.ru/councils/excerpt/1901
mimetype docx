--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -523,108 +523,107 @@
         <w:t>Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC5DF87" w14:textId="3E859701" w:rsidR="000119A9" w:rsidRPr="00F00BC7" w:rsidRDefault="000119A9" w:rsidP="000119A9">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00D15555" w:rsidRPr="00D15555">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t/>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="000870F3">
+      <w:r w:rsidR="00D15555">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="000870F3" w:rsidRPr="00241327">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00250E07" w:rsidRPr="00250E07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об установлении уровней ответственности члена Ассоциации по обязательствам по договорам </w:t>
+      </w:r>
+      <w:r w:rsidR="00F557AF" w:rsidRPr="00241327">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>строительного подряда</w:t>
+      </w:r>
+      <w:r w:rsidR="00250E07" w:rsidRPr="00250E07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, в соответствии с которыми указанным членом внесены взносы в компенсационные фонды Ассоциации.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15555" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7368BEED" w14:textId="77777777" w:rsidR="00811F0D" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00811F0D">
+    <w:p w14:paraId="79880D07" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00811F0D" w:rsidRDefault="00D15555" w:rsidP="000870F3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000119A9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00811F0D" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00DA6D00">
         <w:rPr>
@@ -779,758 +778,595 @@
     </w:p>
     <w:p w14:paraId="1C3E5A1A" w14:textId="00394661" w:rsidR="000119A9" w:rsidRPr="00733B20" w:rsidRDefault="000119A9" w:rsidP="000119A9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t/>
       </w:r>
       <w:r w:rsidR="0064112E" w:rsidRPr="00811F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Установить</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>уровень</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ответственности</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>члена</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ассоциации</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ОГРН 1086027009034, </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6027118233) </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>обязательствам</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>договорам</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>строительного</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>подряда</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00785FD4" w:rsidRPr="00310AF9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="006620D8">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>заключаемым</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>использованием</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>конкурентных</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>способов</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>заключения</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>договоров</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00310AF9" w:rsidRPr="00337DFE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>которым</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>членом</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>внесен</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>взнос</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>компенсационный</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>фонд</w:t>
+      </w:r>
+      <w:r w:rsidR="003A779E" w:rsidRPr="003A779E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
-[...11 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>обеспечения договорных обязательств</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="0064112E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>заявлению</w:t>
+      </w:r>
+      <w:r w:rsidR="0064112E" w:rsidRPr="00997C4A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B9210B" w:rsidRPr="00241327">
-[...106 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="61438763" w14:textId="77777777" w:rsidR="007F501A" w:rsidRDefault="008457DC" w:rsidP="0064112E">
+    <w:p w14:paraId="6E5C5BEC" w14:textId="77777777" w:rsidR="0064112E" w:rsidRPr="00997C4A" w:rsidRDefault="0064112E" w:rsidP="0064112E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="76ADD480" w14:textId="77777777" w:rsidR="00FB01FA" w:rsidRDefault="00B9210B" w:rsidP="0064112E">
+    <w:p w14:paraId="683F58EE" w14:textId="77777777" w:rsidR="00FB01FA" w:rsidRDefault="0064112E" w:rsidP="00FB01FA">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...429 lines deleted...]
-      <w:r w:rsidRPr="008457DC">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00811F0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00C93ABD">
-[...107 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidR="00436E78" w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>