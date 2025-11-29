--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
       <w:r w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,188 +434,203 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «МОДУЛОР»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «МОДУЛОР»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1033400318852, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3444096356)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B07057">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>и выдать С</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>16 декабря 2011 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">