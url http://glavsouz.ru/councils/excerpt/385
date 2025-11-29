--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,65 +320,127 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия  Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия  Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E49FC1C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00CC1D33" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -483,1826 +545,1931 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная Строительная Компания «Терра»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Строительный центр «ХЭЛП»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1117746277164, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7733764377)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СК Авангард»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1117746456761, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7714842510)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная Строительная Компания «Терра»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 5067847541834, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802372052)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>и выдать С</w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Альянс инжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1092225007270, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225106994)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЭнергоПромСтрой»</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077758339724, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7714704830)</w:t>
+      </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ВолгоСпецМонолит»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1103459000160, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3442107700)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «БиэМ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 5067847296226, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810072133)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Отопительные системы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1093444007601, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3444174269)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Лифт Рем-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1066163069565, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6163082579)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В связи с неустранением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B23F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Обществом с ограниченной ответственностью «Строительный вернисаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1086027006724,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6027116099)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-060-6027116099-21012010-153/5, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D86DE2A" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="006B23F5" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A05F44F" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="009A783C" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительный вернисаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1086027006724,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6027116099</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) из членов Партнерства на основании пп. 5 п. 2 ст. 55.7 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117A48B4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00B067AC" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B43D83E" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t>4.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В связи с неустранением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B23F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B07057">
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Альянс инжиниринг»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000672BA">
+        <w:t>Обществом с ограниченной ответственностью «Вектор+»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B07057">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00444C53">
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1027801576516,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00B07057">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00444C53">
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7802168917)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-098-7802168917-21012010-169/3, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D86DE2A" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="006B23F5" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A05F44F" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="009A783C" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Вектор+»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1027801576516,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00B07057">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000672BA">
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7802168917</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) из членов Партнерства на основании пп. 5 п. 2 ст. 55.7 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117A48B4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00B067AC" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B43D83E" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В связи с неустранением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B23F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытым акционерным обществом «Кросс-Энерго»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1089848014750,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...7 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7811421098)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-098-7811421098-04022010-234/2, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D86DE2A" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="006B23F5" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+    <w:p w14:paraId="3A05F44F" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="009A783C" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...1034 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>В связи с неустранением</w:t>
-[...479 lines deleted...]
-        <w:t>3.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить </w:t>
+        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Закрытое акционерное общество «Кросс-Энерго»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ОГРН 1089848014750,</w:t>
       </w:r>
       <w:r>
         <w:rPr>