--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,59 +515,127 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="006B03BE" w:rsidRPr="006B03BE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении членства в Партнерстве в порядке добровольного выхода члена из Партнерства.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
@@ -768,100 +836,100 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Аверс»</w:t>
+        <w:t>Общество с ограниченной ответственностью «СК Промэнергоблок»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ОГРН 1085402022727,</w:t>
+        <w:t>ОГРН 1117847571049,</w:t>
       </w:r>
       <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 5402506068)</w:t>
+        <w:t>ИНН 7811508895)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>и выдать С</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -902,1331 +970,1619 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Аверс»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью СК «Монолит»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1085402022727,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5402506068)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.3.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью СК «Монолит»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Арт-Строй»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1125476000561,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406696540)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.4.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Арт-Строй»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Квадро-Блок»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1103459001326,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3442108616)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.5.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Квадро-Блок»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «СК Промэнергоблок»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1037808029192,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804166993)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.6.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Сибстрой»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Сибстрой»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1052202161110,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224091576)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.7.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Мобайл Е1»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Мобайл Е1»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1075403004731,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5403194252)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.8.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ДАК»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «ДАК»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1027806879682,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813140208)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.9.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Модуль-монтаж»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Модуль-монтаж»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1103443001507,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3443097300)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.1.</w:t>
+        <w:t>4.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прекратить</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00966D9F">
         <w:rPr>