--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,107 +515,175 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
-[...14 lines deleted...]
-    <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="006B03BE" w:rsidRPr="006B03BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О прекращении членства в Партнерстве в порядке добровольного выхода члена из Партнерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00CC22C2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C822" w14:textId="77777777" w:rsidR="006D5FCC" w:rsidRDefault="00436E78" w:rsidP="00FD0FCB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -801,2543 +869,3011 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью многопрофильная фирма «Строймонтаж»</w:t>
+        <w:t>Общество с ограниченной ответственностью Управляющая Компания «ЭТАЛОН»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>ОГРН 1125476009614,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5401354101)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью многопрофильная фирма «Строймонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ОГРН 1026102225379,</w:t>
       </w:r>
-      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150015960)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>и выдать С</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Норманн-Заказчик»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1107847044018,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7806426848)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Друза»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1073905025622,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3904092339)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «УПРАВЛЯЮЩАЯ КОМПАНИЯ ЖКХ «ЗЕЛЕНЫЙ ДОМ»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1033917002360,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3917018082)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «АгроИнвестМонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1113926003938,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3906228930)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ВЕСТ ИНВЕСТ СТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1083925008397,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3906193082)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ЛокомотивСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1102224002561,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224140689)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Альянс»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1102225007026,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221179448)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «КАРОНА»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1037821066084,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810330169)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Стройинвесттехнологии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1086163003299,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6163092778)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Инжиниринговая компания Гемини»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1105476006129,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5401336261)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Гермес»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1085404004894,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5404352529)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью СУ «СибСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1075410008926,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5410016525)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Прекратить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>членство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Партнерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙМОДУЛЬ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04646" w:rsidRPr="00D04646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1077847579259,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7838390143) </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>13.04.2012 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>со дня поступления в Партнерство заявления члена о добровольном прекращении его членства в Партнерстве.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1F09" w:rsidRPr="008E1F09">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с неустранением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Норманн-Заказчик»</w:t>
-[...107 lines deleted...]
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+        <w:t>Обществом с ограниченной ответственностью «Геострой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1086674029881,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6674315858)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-066-6674315858-21012010-164/2, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2118 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">В связи с неустранением </w:t>
-[...84 lines deleted...]
-        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Геострой»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3389,51 +3925,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.2.</w:t>
+        <w:t>5.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Мегаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3489,51 +4025,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Мегаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3585,51 +4121,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.3.</w:t>
+        <w:t>5.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ТЕХНОИМПЭКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3685,51 +4221,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ТЕХНОИМПЭКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3781,51 +4317,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.4.</w:t>
+        <w:t>5.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Ротонда»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3881,51 +4417,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Ротонда»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3977,51 +4513,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.5.</w:t>
+        <w:t>5.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Строй-Перспектива»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4077,51 +4613,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Строй-Перспектива»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>