--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,50 +515,118 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
@@ -728,100 +796,100 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительство и Маркетинг - 2000»</w:t>
+        <w:t>Общество с ограниченной ответственностью «АлтайКапиталСтрой»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ОГРН 1027200847035,</w:t>
+        <w:t>ОГРН 1122225002250,</w:t>
       </w:r>
       <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7224021602)</w:t>
+        <w:t>ИНН 2225128420)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>и выдать С</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -885,100 +953,100 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Альянс»</w:t>
+        <w:t>Общество с ограниченной ответственностью Строительная Компания «СтройРесурс»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ОГРН 1076168003900,</w:t>
+        <w:t>ОГРН 1116182003618,</w:t>
       </w:r>
       <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6168017823)</w:t>
+        <w:t>ИНН 6155062586)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>и выдать С</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1019,2573 +1087,3149 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.3.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительство и Маркетинг - 2000»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «АлтайКапиталСтрой»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1027200847035,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7224021602)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.4.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Альянс»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Научно-производственное объединение «Аксиома»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1076168003900,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6168017823)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.5.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Научно-производственное объединение «Аксиома»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Ампер»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1107847057306,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813465742)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.6.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Ампер»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «ПГС-Баланс»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1024700873922,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4704049391)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.7.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ПГС-Баланс»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «БалтСтрой»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1076150006767,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150051566)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.8.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «БалтСтрой»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «РосТеплоСтрой»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1089847058388,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813405077)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.9.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «РосТеплоСтрой»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «СтройРесурс»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1089847032241,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814396851)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.10.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Эльмит К»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Эльмит К»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1053459046189,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3441028037)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.11.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью строительная компания «Лада»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью строительная компания «Лада»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1102225000701,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221177240)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.12.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания ТОМАС»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания ТОМАС»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1037843017222,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825090079)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.13.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «РЕГИОНСТРОЙ»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «РЕГИОНСТРОЙ»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1102223003178,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2223575616)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.14.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Водоканал»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Водоканал»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1046121000155,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6121007322)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.15.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1096183003993,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150061821)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.16.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью Строительная компания «ОПУС»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью Строительная компания «ОПУС»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 5067847123504,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7840342066)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.17.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Бурводстрой+»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Бурводстрой+»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1095012002634,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5012054634)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>2.18.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙПРАКТИКА»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
-[...7 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «СТРОЙПРАКТИКА»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1077762491982,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7724639813)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...18 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="006620D8">
         <w:rPr>