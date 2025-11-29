--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,67 +515,135 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C822" w14:textId="77777777" w:rsidR="006D5FCC" w:rsidRDefault="00436E78" w:rsidP="00FD0FCB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -761,1203 +829,1419 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВентЭк»</w:t>
+        <w:t>Общество с ограниченной ответственностью «АМТЭЛ»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>ОГРН 1037800034777,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801088899)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ВентЭк»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ОГРН 1076672035615,</w:t>
       </w:r>
-      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6672246091)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «ТРАНСТОРГ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6672246091)</w:t>
+        <w:t>ОГРН 1106670020820,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6670300353)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>и выдать С</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СпецМонолитСтрой»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1103444003937,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3444178552)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «УралСпецМонтаж»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, по перечню согласно заявлению</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1045900505342,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5904110790)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Межотраслевое Управление «Запад»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...28 lines deleted...]
-        <w:t>2.2.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1096183003806,</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150061620)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Энергетик»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «ТРАНСТОРГ»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1027809252173,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825060282)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...20 lines deleted...]
-      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
-[...13 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с неустранением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Обществом с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78">
-[...892 lines deleted...]
-        <w:t>3.1.</w:t>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1076659016301,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="0017086E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН</w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6659159650)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
@@ -1969,51 +2253,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СТРОЙ-РЕСУРС»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2065,51 +2349,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.2.</w:t>
+        <w:t>4.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «СТРОЙСЕРВИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2165,51 +2449,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СТРОЙСЕРВИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2261,51 +2545,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
+        <w:t>4.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2361,51 +2645,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2457,51 +2741,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.4.</w:t>
+        <w:t>4.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Спецмонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2557,51 +2841,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Спецмонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2653,51 +2937,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.5.</w:t>
+        <w:t>4.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ЭталонМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2753,51 +3037,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ЭталонМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2849,51 +3133,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.6.</w:t>
+        <w:t>4.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Невада»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2949,51 +3233,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Невада»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3045,51 +3329,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.7.</w:t>
+        <w:t>4.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «СТРОЙБАЗА»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3145,51 +3429,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.7.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СТРОЙБАЗА»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3241,51 +3525,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.8.</w:t>
+        <w:t>4.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «СПЭМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3341,51 +3625,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.8.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «СПЭМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3437,51 +3721,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.9.</w:t>
+        <w:t>4.9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ВерНон»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3537,51 +3821,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.9.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.9.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ВерНон»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3633,51 +3917,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.10.</w:t>
+        <w:t>4.10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Спецавтоматика-С»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3733,51 +4017,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.10.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.10.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Спецавтоматика-С»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -3829,51 +4113,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.11.</w:t>
+        <w:t>4.11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Бийское Строительное Управление»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -3929,51 +4213,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.11.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.11.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Бийское Строительное Управление»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -4025,51 +4309,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.12.</w:t>
+        <w:t>4.12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Компания 60-я параллель»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4125,51 +4409,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.12.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.12.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Компания 60-я параллель»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -4221,51 +4505,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.13.</w:t>
+        <w:t>4.13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Петербургская Буровая Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4321,51 +4605,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.13.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.13.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Петербургская Буровая Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -4417,51 +4701,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.14.</w:t>
+        <w:t>4.14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Наяда-Урал»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4517,51 +4801,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.14.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.14.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Наяда-Урал»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -4613,51 +4897,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.15.</w:t>
+        <w:t>4.15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Гранд»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4713,51 +4997,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.15.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.15.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Гранд»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -4809,51 +5093,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.16.</w:t>
+        <w:t>4.16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Монтажные Технологии»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -4909,51 +5193,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.16.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.16.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Монтажные Технологии»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5005,51 +5289,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.17.</w:t>
+        <w:t>4.17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ЕвроКомфорт»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -5105,51 +5389,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.17.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.17.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ЕвроКомфорт»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5201,51 +5485,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.18.</w:t>
+        <w:t>4.18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Глория»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -5301,51 +5585,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.18.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.18.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Глория»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5397,51 +5681,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.19.</w:t>
+        <w:t>4.19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «УниверсалСвязьСервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -5497,51 +5781,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.19.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.19.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «УниверсалСвязьСервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5593,51 +5877,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.20.</w:t>
+        <w:t>4.20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью Строительная Компания «Тирс»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -5693,51 +5977,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.20.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.20.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью Строительная Компания «Тирс»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5789,51 +6073,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.21.</w:t>
+        <w:t>4.21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Диамонд»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -5889,51 +6173,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.21.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.21.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Диамонд»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -5985,51 +6269,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.22.</w:t>
+        <w:t>4.22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Уральская энергостроительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -6085,51 +6369,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.22.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.22.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Уральская энергостроительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -6181,51 +6465,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.23.</w:t>
+        <w:t>4.23.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ПетроЭлектроСвязь»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -6281,51 +6565,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.23.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.23.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ПетроЭлектроСвязь»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -6377,51 +6661,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.24.</w:t>
+        <w:t>4.24.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ПОДРЯД»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -6477,51 +6761,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.24.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.24.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ПОДРЯД»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -6573,51 +6857,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.25.</w:t>
+        <w:t>4.25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «КВАНТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -6673,51 +6957,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.25.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.25.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «КВАНТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -6769,51 +7053,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.26.</w:t>
+        <w:t>4.26.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Северо-Западная Строительная Компания №7»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -6869,51 +7153,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.26.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.26.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Северо-Западная Строительная Компания №7»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -6965,51 +7249,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.27.</w:t>
+        <w:t>4.27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «БалтИнжСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -7065,51 +7349,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.27.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.27.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «БалтИнжСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -7161,51 +7445,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.28.</w:t>
+        <w:t>4.28.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ПромСтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -7261,51 +7545,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.28.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>4.28.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ПромСтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>