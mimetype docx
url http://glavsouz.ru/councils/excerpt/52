--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,3597 +510,3912 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ЗАКРЫТОЕ АКЦИОНЕРНОЕ ОБЩЕСТВО фирма «КОТЛОСЕРВИС»</w:t>
+        <w:t>Общество с ограниченной ответственностью многопрофильная фирма «Строймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102225379, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150015960)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Муниципальное казенное учреждение Департамент строительства и городского развития Администрации города Новочеркасска</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102234124, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150030990)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Горизонт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1074205013937, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4205133672)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Объединенная Строительная Корпорация ССТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097746735998, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7736610745)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ЗАКРЫТОГО АКЦИОНЕРНОГО ОБЩЕСТВА фирма «КОТЛОСЕРВИС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037739355763, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7727007308)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГазСтройСервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГазСтройСервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1073458003398, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3426012508)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строитель»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строитель»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096166000116, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6166068501)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Торгово-промышленная фирма «Агрострой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Торгово-промышленная фирма «Агрострой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022300630461, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302034673)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВСВ-Климат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВСВ-Климат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102302000338, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2302063064)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Викбор»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Викбор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026102228921, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6150005640)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТехСтройАктив»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТехСтройАктив»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1056162033366, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6162044002)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Центр качества строительства»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Центр качества строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096164005156, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6164292900)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АСКО»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АСКО»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027810358520, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7826034817)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью многопрофильная фирма «Строймонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Производственное объединение «Управление строительными проектами»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026102225379, </w:t>
+        <w:t xml:space="preserve">ОГРН 1047803009792, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150015960)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7802229398)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Производственное объединение «Управление строительными проектами»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сапфир»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1047803009792, </w:t>
+        <w:t xml:space="preserve">ОГРН 1076150007020, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7802229398)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150051823)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сапфир»</w:t>
+        <w:t>Закрытого акционерного общества «Дренаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1076150007020, </w:t>
+        <w:t xml:space="preserve">ОГРН 1023900554248, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150051823)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3920004690)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Дренаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройЭнергоМонтаж-Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1023900554248, </w:t>
+        <w:t xml:space="preserve">ОГРН 1099847001902, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3920004690)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7838434979)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройЭнергоМонтаж-Сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройэксперт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1099847001902, </w:t>
+        <w:t xml:space="preserve">ОГРН 1083459008160, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7838434979)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3442101787)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Муниципальное казенное учреждение Департамент строительства и городского развития Администрации города Новочеркасска</w:t>
+        <w:t>Индивидуального предпринимателя Майорова Алексея Валерьевича</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1026102234124, </w:t>
+        <w:t xml:space="preserve">ОГРНИП 304602506300062, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 6150030990)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 602501078128)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройэксперт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «Бранвен Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1083459008160, </w:t>
+        <w:t xml:space="preserve">ОГРН 1103925015523, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3442101787)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 3906218957)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Индивидуального предпринимателя Майорова Алексея Валерьевича</w:t>
+        <w:t>Общества с ограниченной ответственностью «Бачи»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРНИП 304602506300062, </w:t>
+        <w:t xml:space="preserve">ОГРН 1072222005932, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 602501078128)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 2222065556)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «Бранвен Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Идеал-Стандарт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1103925015523, </w:t>
+        <w:t xml:space="preserve">ОГРН 1107847296699, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 3906218957)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7841432001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Горизонт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДонКавСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1074205013937, </w:t>
+        <w:t xml:space="preserve">ОГРН 1076150000398, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 4205133672)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150053235)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Бачи»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1072222005932, </w:t>
+        <w:t xml:space="preserve">ОГРН 1096183003993, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 2222065556)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6150061821)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Идеал-Стандарт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АС-РемСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847296699, </w:t>
+        <w:t xml:space="preserve">ОГРН 1096165004814, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7841432001)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 6165158255)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...574 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30 сентября 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">