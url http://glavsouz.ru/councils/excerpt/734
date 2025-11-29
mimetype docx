--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,4026 +510,4071 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алтайская Строительная Компания»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Железногорское управление строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1032401227264, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2452027971)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Ротонда»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847012561, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813368900)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БСК-плюс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1083925012786, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3904601515)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ГРАНД-СТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082223003598, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2223968744)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИМА-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057812514143, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842321819)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Петротехнология»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847051392, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810505179)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройСила»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022300642088, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2302044544)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Проектно-Строительная Компания ВИГ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847205579, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842385548)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИнКомСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847113135, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811401655)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Вентиляционные Инженерные Системы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847032626, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7839374433)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Невада»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037843132117, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825341156)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Полет и Ко»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1056758426372, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6729032192)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Арбат. Инженерные сети»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073905007692, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905081675)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СТРОЙБАЗА»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847162085, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816440305)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Аверс-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076673016947, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6673166321)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Рэйс-Коммуникейшн»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065047070065, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5047080378)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Новые Технологии Строительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 5067847486328, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811357519)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СПЭМ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047796098130, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7706524320)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Объединенная Промышленная Группа»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847151324, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811437531)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Электромашина»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1069847551421, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814361520)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью строительная компания «Лада»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1102225000701, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221177240)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Алтайгазаппарат»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1022201518019, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224073168)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ПГС-Баланс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076150006767, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150051566)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Форпост Балтики Плюс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023900768946, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905031593)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью Строительная Компания «ЮгСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1096183003993, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150061821)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Алтайская Строительная Компания»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072222001433, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222063083)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройШат»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройШат»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1035010102324, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5049013810)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «ДЕФТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «ДЕФТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848046860, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802453520)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...3616 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>18 февраля 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">