--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,1881 +510,1986 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северо-Западная инвестиционная компания»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Проектная группа Союз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1072203001694, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2203021401)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СпецДорСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073917002015, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3917033362)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Диамонд»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1086658014497, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6658311648)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Северные высоты»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057813216889, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802341833)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «УралМонтажРемонт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1106659000491, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6659199614)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ПСМ - Строй +»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1042202168821, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2224087019)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Северо-Западная инвестиционная компания»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037800102273, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801242519)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭлитСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭлитСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082224010450, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224127504)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Птерро Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Птерро Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1023902052954, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3912008179)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АлтайСтройКомплект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АлтайСтройКомплект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1040400741810, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411117083)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Элитстрой-Чемал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Элитстрой-Чемал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1080411004960, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411139866)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТТДВ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТТДВ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072536011195, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2536191135)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Мысковское ремонтно-строительное управление»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Мысковское ремонтно-строительное управление»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1094214001122, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4214031395)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...21 lines deleted...]
-    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...860 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>26 марта 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">