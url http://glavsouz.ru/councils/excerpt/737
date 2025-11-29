--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -591,3454 +653,3604 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ВотерПрайсИнвест»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Ай Пи Центр»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1107847045261, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7813465069)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ПФ-Комплекс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037811001150, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7805199430)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью НПФ «ТЕЗАУРУС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1081831010689, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 1831130924)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительная Фирма «Ремстроймонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848031900, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810535991)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительно-производственное объединение СФЕРА»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1107847026143, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7839418024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Электросельхозпроммонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1093459006046, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3442106922)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ПОДРЯД»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1055404158050, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5404258100)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью Производственная компания «САЛЮТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105405002889, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405408478)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «МонтажТехСтрой - Плюс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1053900160555, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3908032475)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Технология»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076143000010, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6143064412)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Колизей»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073906028789, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3906180069)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Феникс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1105405001448, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5405407570)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РегионСпецСтрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848039412, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814423840)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Енисей»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025202195941, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5254022399)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытого акционерного общества «ВотерПрайсИнвест»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057811584610, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810033046)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Генподрядное Управление ПСТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Генподрядное Управление ПСТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847588675, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841370179)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РосЭлектроСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086027009034, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027118233)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Музейные технологии»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Музейные технологии»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037832002966, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814068709)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Музейное оборудование и сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Музейное оборудование и сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847172623, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814335859)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью ПСК «Монолит»</w:t>
+        <w:t>Общества с ограниченной ответственностью ПСК «Монолит»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095406035845, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5406551086)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройком»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройком»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092223005819, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223971507)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТЭС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТЭС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095401012464, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5401332570)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Востокспецавтоматика»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Востокспецавтоматика»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025401018290, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5402141723)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ай Пи Центр»</w:t>
+        <w:t>Закрытого акционерного общества «АНИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОГРН 1107847045261, </w:t>
+        <w:t xml:space="preserve">ОГРН 1089847308440, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7813465069)</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+        <w:t>ИНН 7841392430)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...2043 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>02 апреля 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">