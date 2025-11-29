--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,107 +515,175 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C46B44" w:rsidRPr="00C46B44">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="006B03BE" w:rsidRPr="006B03BE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении членства в Партнерстве в порядке добровольного выхода члена из Партнерства.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73FAB81B" w14:textId="77777777" w:rsidR="00436E78" w:rsidRDefault="00436E78" w:rsidP="00B067AC">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.</w:t>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>О прекращении действия Свидетельства о допуске к определенному виду или видам работ, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенного вида или видов работ и в случае отсутствия Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключении из членов Партнерства юридического лица (индивидуального предпринимателя).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C822" w14:textId="77777777" w:rsidR="006D5FCC" w:rsidRDefault="00436E78" w:rsidP="00FD0FCB">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -801,1001 +869,1073 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Монтажно-Строительное Управление «Регион»</w:t>
+        <w:t>Общество с ограниченной ответственностью «ТрассДорКонтроль»</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>ОГРН 5137746124380,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7724900129)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Монтажно-Строительное Управление «Регион»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ОГРН 1089847399850,</w:t>
       </w:r>
-      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811419892)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «СУ-6»</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ИНН 7811419892)</w:t>
+        <w:t>ОГРН 1085470000538,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5451111915)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...24 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Прекратить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>членство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Партнерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания Конус»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04646" w:rsidRPr="00D04646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1125476132836,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5406721524) </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>17.02.2014 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>со дня поступления в Партнерство заявления члена о добровольном прекращении его членства в Партнерстве.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1F09" w:rsidRPr="008E1F09">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00436E78">
+        <w:t>4.2.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...6 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Прекратить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>членство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966D9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Партнерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СУ-6»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:t>Общества с ограниченной ответственностью «Новый ресурс»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04646" w:rsidRPr="00D04646">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...20 lines deleted...]
-      <w:r w:rsidR="00A674AC" w:rsidRPr="00C46B44">
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1027804918096,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="0017086E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7810260970) </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18.02.2014 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF54E3" w:rsidRPr="00A40A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00231C11" w:rsidRPr="00231C11">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>со дня поступления в Партнерство заявления члена о добровольном прекращении его членства в Партнерстве.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1F09" w:rsidRPr="008E1F09">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0261CA37" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C975926" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="006620D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с неустранением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Обществом с ограниченной ответственностью «ГазПромСибирь»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
-[...277 lines deleted...]
-        <w:t>3.1.</w:t>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ОГРН 1082222000288,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...84 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A40A5F">
+      <w:r w:rsidRPr="00B067AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="0017086E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A40A5F">
-[...275 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+      <w:r w:rsidRPr="00B067AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2222070080)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">В связи с неустранением </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> в установленный срок выявленных нарушений прекратить действие Свидетельства о допуске к работам, которые оказывают влияние на безопасность объектов капитального строительства, действие которого было приостановлено, в отношении определенных видов работ, указанных в Свидетельстве о допуске к работам № С-022-2222070080-04022010-245/8, на основании пп. 3 п. 15 ст. 55.8 Градостроительного кодекса РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
-          <w:b/>
-[...80 lines deleted...]
-        <w:t>4.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5.1.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ГазПромСибирь»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -1847,51 +1987,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.2.</w:t>
+        <w:t>5.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью Строительная компания «Сервис Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -1947,51 +2087,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.2.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью Строительная компания «Сервис Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2043,51 +2183,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.3.</w:t>
+        <w:t>5.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Волгоградремстройсервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2143,51 +2283,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.3.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Волгоградремстройсервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2239,51 +2379,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.4.</w:t>
+        <w:t>5.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Партнер»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2339,51 +2479,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.4.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Партнер»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2435,51 +2575,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.5.</w:t>
+        <w:t>5.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «ИСКРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2535,51 +2675,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.5.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «ИСКРА»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -2631,51 +2771,51 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000ADA97" w14:textId="77777777" w:rsidR="00FD0FCB" w:rsidRPr="00A319DF" w:rsidRDefault="00436E78" w:rsidP="00D00BF9">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>4.6.</w:t>
+        <w:t>5.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В связи с неустранением </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обществом с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
@@ -2731,51 +2871,51 @@
     </w:p>
     <w:p w14:paraId="5543F759" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00A40A5F" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74FB82" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="009A783C" w:rsidRDefault="00436E78" w:rsidP="009A783C">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
+        <w:t>5.6.2. В связи с отсутствием Свидетельства о допуске хотя бы к одному виду работ, которые оказывают влияние на безопасность объектов капитального строительства, исключить</w:t>
       </w:r>
       <w:r w:rsidR="00283167" w:rsidRPr="00283167">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Общество с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
       </w:r>
       <w:r w:rsidRPr="009A783C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>