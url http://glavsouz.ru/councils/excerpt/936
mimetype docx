--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -515,50 +515,118 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="000746EF" w:rsidRPr="000119A9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00612838">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612838">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEBD296" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00F00BC7" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
@@ -862,218 +930,254 @@
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A76F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2.2.</w:t>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="000746EF" w:rsidRPr="00811F0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00436E78">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Норма»</w:t>
+      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Общество с ограниченной ответственностью «Норма»</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ОГРН 1042201922355,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221065144)</w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="00B07057">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00436E78" w:rsidRPr="00466EA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidR="00436E78" w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00436E78" w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F82CD" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00FC46CC" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
+    <w:p w14:paraId="59DDEB56" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="00D5282D" w:rsidRDefault="00436E78" w:rsidP="00BB5526">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5319BB61" w14:textId="77777777" w:rsidR="000746EF" w:rsidRPr="00811F0D" w:rsidRDefault="00436E78" w:rsidP="000746EF">
+    <w:p w14:paraId="319A2A9E" w14:textId="77777777" w:rsidR="00436E78" w:rsidRPr="008E1F09" w:rsidRDefault="00436E78" w:rsidP="00CC22C2">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00436E78" w:rsidRPr="008A76F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00FD0FCB" w:rsidRPr="006620D8">
         <w:rPr>